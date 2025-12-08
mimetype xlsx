--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>2025-2026 ACADEMIC CALENDAR</t>
   </si>
   <si>
-    <t>Download Date : 24.10.2025 02:26:21</t>
+    <t>Download Date : 08.12.2025 08:23:17</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> August 2025</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>12.08.2025 - 12.09.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2025</t>
   </si>
   <si>
     <t>08.09.2025 - 20.09.2025</t>
   </si>
@@ -103,50 +103,56 @@
   <si>
     <t>Güz Yarıyılı Ders Ekleme-Çıkarma</t>
   </si>
   <si>
     <t>22.10.2025 - 22.10.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Ara Sınav Tarihlerinin İlanı</t>
   </si>
   <si>
     <t xml:space="preserve"> November 2025</t>
   </si>
   <si>
     <t>08.11.2025 - 09.11.2025</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Güz Yarıyılı Ara (Vize) Sınavı</t>
   </si>
   <si>
     <t>10.11.2025 - 16.11.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Ara Sınav Tarihleri</t>
   </si>
   <si>
+    <t>12.11.2025 - 12.11.2025</t>
+  </si>
+  <si>
+    <t>YDZI121, YDZI131 İngilizce I Yarıyıl Ara Sınavı</t>
+  </si>
+  <si>
     <t>13.11.2025 - 13.11.2025</t>
   </si>
   <si>
     <t>ATA121, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Ara Sınavı</t>
   </si>
   <si>
     <t>14.11.2025 - 14.11.2025</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Ara Sınavı</t>
   </si>
   <si>
     <t>21.11.2025 - 21.11.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Ara Sınav Mazeret Sınavı Başvurusu İçin Son Gün</t>
   </si>
   <si>
     <t>22.11.2025 - 23.11.2025</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Ara (Vize) Sınavı</t>
   </si>
   <si>
     <t>24.11.2025 - 24.11.2025</t>
@@ -184,165 +190,228 @@
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Ara Sınavı Mazereti</t>
   </si>
   <si>
     <t>22.12.2025 - 22.12.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Ara Sınav Mazeret Sınav Sonuçlarının İlanı</t>
   </si>
   <si>
     <t>26.12.2025 - 26.12.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihlerinin İlanı</t>
   </si>
   <si>
     <t xml:space="preserve"> January 2026</t>
   </si>
   <si>
     <t>12.01.2026 - 25.01.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihleri</t>
   </si>
   <si>
+    <t>13.01.2026 - 21.01.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Tarihleri</t>
+  </si>
+  <si>
+    <t>13.01.2026 - 22.01.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuruların Onay İşlemleri</t>
+  </si>
+  <si>
     <t>17.01.2026 - 18.01.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</t>
   </si>
   <si>
     <t>21.01.2026 - 21.01.2026</t>
   </si>
   <si>
     <t>YDZI121, YDZI131 İngilizce I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>22.01.2026 - 22.01.2026</t>
   </si>
   <si>
     <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>23.01.2026 - 23.01.2026</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>24.01.2026 - 25.01.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</t>
   </si>
   <si>
+    <t>26.01.2026 - 28.01.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuran Adaylar İçin Mesleki Bilgi Değerlendirmesi ve Mülakat</t>
+  </si>
+  <si>
     <t>26.01.2026 - 08.02.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Bütünleme Sınavı Tarihleri</t>
   </si>
   <si>
+    <t>30.01.2026 - 30.01.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Sonuçlarının İlanı</t>
+  </si>
+  <si>
     <t xml:space="preserve"> February 2026</t>
   </si>
   <si>
+    <t>02.02.2026 - 05.02.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</t>
+  </si>
+  <si>
+    <t>02.02.2026 - 04.02.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Kesin Kayıt İşlemleri</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Lisansüstü Programlar İçin Kurumlararası Yatay Geçiş Başvuru Tarihleri</t>
+  </si>
+  <si>
     <t>02.02.2026 - 15.02.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Öğrenci Katkı Payının Yatırılması</t>
   </si>
   <si>
     <t>04.02.2026 - 04.02.2026</t>
   </si>
   <si>
     <t>YDZI121, YDZI131 İngilizce I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
     <t>05.02.2026 - 05.02.2026</t>
   </si>
   <si>
     <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
     <t>06.02.2026 - 06.02.2026</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerin İlanı</t>
+  </si>
+  <si>
     <t>07.02.2026 - 08.02.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan ve Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Bütünleme Sınavı</t>
   </si>
   <si>
+    <t>09.02.2026 - 10.02.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerden Ön Kayıt Dilekçesi Alınması</t>
+  </si>
+  <si>
     <t>09.02.2026 - 15.02.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ders Kaydı</t>
   </si>
   <si>
+    <t>12.02.2026 - 12.02.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek-Kesin Kayıt Hakkı Kazananların İlanı</t>
+  </si>
+  <si>
+    <t>13.02.2026 - 13.02.2026</t>
+  </si>
+  <si>
+    <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek Ön Kayıt Dilekçesi Alınan Adayların Kesin Kayıtları</t>
+  </si>
+  <si>
     <t>16.02.2026 - 20.02.2026</t>
   </si>
   <si>
+    <t>2025-2026 Güz Dönemi 44 Madde 1. Sınav Hakkı</t>
+  </si>
+  <si>
     <t>Birim Yönetim Kuruluna Öğrencilerin Bahar Yarıyılı Mazeretli Kayıt Yenileme Dilekçesi Vermeleri için Son Gün</t>
   </si>
   <si>
     <t>16.02.2026 - 14.06.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Dersler</t>
   </si>
   <si>
     <t>18.02.2026 - 18.02.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Tek Ders Sınavı</t>
   </si>
   <si>
     <t>20.02.2026 - 20.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarı Yılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarıyılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
     <t>25.02.2026 - 25.02.2026</t>
   </si>
   <si>
     <t>Birim Yönetim Kurulunun Bahar Yarıyılı Mazeretli Kayıt Yenileme Dilekçelerini Değerlendirmeleri için Son Gün</t>
   </si>
   <si>
     <t xml:space="preserve"> March 2026</t>
   </si>
   <si>
     <t>02.03.2026 - 06.03.2026</t>
   </si>
   <si>
-    <t>2025-2026 Güz Dönemi 44 Madde 2. Sınav Hakkı Sınavları</t>
+    <t>2025-2026 Güz Dönemi 44 Madde 2. Sınav Hakkı</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ders Ekleme-Çıkarma</t>
   </si>
   <si>
     <t>13.03.2026 - 13.03.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarıyılı Sonunda Mezun Olan Öğrencilerin Mezuniyet İşlemlerinin Tamamlanması için Son Gün</t>
   </si>
   <si>
     <t>18.03.2026 - 18.03.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Tarihlerinin İlanı</t>
   </si>
   <si>
     <t xml:space="preserve"> April 2026</t>
   </si>
   <si>
     <t>06.04.2026 - 12.04.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Tarihleri</t>
   </si>
@@ -960,51 +1029,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B103"/>
+  <dimension ref="A1:B116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="1"/>
       <c r="B1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>2</v>
       </c>
     </row>
@@ -1164,668 +1233,772 @@
       <c r="A23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="18">
       <c r="A24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="1" ht="18">
       <c r="A25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="1" ht="18">
       <c r="A26" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B26" s="6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" customHeight="1" ht="18">
+      <c r="A27" s="5" t="s">
         <v>39</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="A28" s="4" t="s">
+      <c r="B27" s="6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" customHeight="1" ht="25">
+      <c r="A28" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="2"/>
+    </row>
+    <row r="29" spans="1:2" customHeight="1" ht="20">
+      <c r="A29" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="4" t="s">
+      <c r="B29" s="4" t="s">
         <v>5</v>
-      </c>
-[...6 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="1" ht="18">
       <c r="A30" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="1" ht="18">
       <c r="A31" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="1" ht="18">
       <c r="A32" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="1" ht="18">
       <c r="A33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="1" ht="18">
       <c r="A34" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="35" spans="1:2" customHeight="1" ht="25">
-      <c r="A35" s="3" t="s">
+    <row r="35" spans="1:2" customHeight="1" ht="18">
+      <c r="A35" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B35" s="2"/>
-[...2 lines deleted...]
-      <c r="A36" s="4" t="s">
+      <c r="B35" s="6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" customHeight="1" ht="25">
+      <c r="A36" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" s="2"/>
+    </row>
+    <row r="37" spans="1:2" customHeight="1" ht="20">
+      <c r="A37" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B36" s="4" t="s">
+      <c r="B37" s="4" t="s">
         <v>5</v>
-      </c>
-[...6 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="1" ht="18">
       <c r="A38" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="1" ht="18">
       <c r="A39" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="1" ht="18">
       <c r="A40" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="1" ht="18">
       <c r="A41" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="1" ht="18">
       <c r="A42" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="1" ht="18">
       <c r="A43" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="44" spans="1:2" customHeight="1" ht="25">
-      <c r="A44" s="3" t="s">
+    <row r="44" spans="1:2" customHeight="1" ht="18">
+      <c r="A44" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B44" s="2"/>
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="B44" s="6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" customHeight="1" ht="18">
+      <c r="A45" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="1" ht="18">
       <c r="A46" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="1" ht="18">
       <c r="A47" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="1" ht="18">
       <c r="A48" s="5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>74</v>
-[...11 lines deleted...]
-      <c r="A50" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="B50" s="6" t="s">
+    </row>
+    <row r="49" spans="1:2" customHeight="1" ht="25">
+      <c r="A49" s="3" t="s">
         <v>78</v>
+      </c>
+      <c r="B49" s="2"/>
+    </row>
+    <row r="50" spans="1:2" customHeight="1" ht="20">
+      <c r="A50" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="1" ht="18">
       <c r="A51" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="1" ht="18">
       <c r="A52" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="1" ht="18">
       <c r="A53" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B53" s="6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="1" ht="18">
       <c r="A54" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B54" s="6" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="1" ht="18">
       <c r="A55" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B55" s="6" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="1" ht="18">
       <c r="A56" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="1" ht="18">
       <c r="A57" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="58" spans="1:2" customHeight="1" ht="25">
-      <c r="A58" s="3" t="s">
+    <row r="58" spans="1:2" customHeight="1" ht="18">
+      <c r="A58" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B58" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="B58" s="2"/>
-[...6 lines deleted...]
-        <v>5</v>
+    </row>
+    <row r="59" spans="1:2" customHeight="1" ht="18">
+      <c r="A59" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="1" ht="18">
       <c r="A60" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="1" ht="18">
       <c r="A61" s="5" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="1" ht="18">
       <c r="A62" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="1" ht="18">
       <c r="A63" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>99</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" customHeight="1" ht="18">
+      <c r="A64" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" customHeight="1" ht="18">
+      <c r="A65" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="1" ht="18">
       <c r="A66" s="5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="1" ht="18">
       <c r="A67" s="5" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="1" ht="18">
       <c r="A68" s="5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="1" ht="18">
       <c r="A69" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="1" ht="18">
       <c r="A70" s="5" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>110</v>
-[...19 lines deleted...]
-      <c r="A73" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B73" s="2"/>
-[...2 lines deleted...]
-      <c r="A74" s="4" t="s">
+    </row>
+    <row r="71" spans="1:2" customHeight="1" ht="25">
+      <c r="A71" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B71" s="2"/>
+    </row>
+    <row r="72" spans="1:2" customHeight="1" ht="20">
+      <c r="A72" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B74" s="4" t="s">
+      <c r="B72" s="4" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" customHeight="1" ht="18">
+      <c r="A73" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" customHeight="1" ht="18">
+      <c r="A74" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="1" ht="18">
       <c r="A75" s="5" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="1" ht="18">
       <c r="A76" s="5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>117</v>
-[...15 lines deleted...]
-        <v>121</v>
+        <v>122</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" customHeight="1" ht="25">
+      <c r="A77" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B77" s="2"/>
+    </row>
+    <row r="78" spans="1:2" customHeight="1" ht="20">
+      <c r="A78" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="1" ht="18">
       <c r="A79" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="1" ht="18">
       <c r="A80" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>125</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" customHeight="1" ht="18">
+      <c r="A81" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" customHeight="1" ht="18">
+      <c r="A82" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="1" ht="18">
       <c r="A83" s="5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="1" ht="18">
       <c r="A84" s="5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="1" ht="18">
       <c r="A85" s="5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>130</v>
-[...15 lines deleted...]
-        <v>134</v>
+        <v>136</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" customHeight="1" ht="25">
+      <c r="A86" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B86" s="2"/>
+    </row>
+    <row r="87" spans="1:2" customHeight="1" ht="20">
+      <c r="A87" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="1" ht="18">
       <c r="A88" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>136</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" customHeight="1" ht="18">
+      <c r="A89" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" customHeight="1" ht="18">
+      <c r="A90" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="1" ht="18">
       <c r="A91" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="1" ht="18">
       <c r="A92" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="1" ht="18">
       <c r="A93" s="5" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>143</v>
-[...19 lines deleted...]
-      <c r="A96" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B96" s="2"/>
-[...2 lines deleted...]
-      <c r="A97" s="4" t="s">
+    </row>
+    <row r="94" spans="1:2" customHeight="1" ht="25">
+      <c r="A94" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B94" s="2"/>
+    </row>
+    <row r="95" spans="1:2" customHeight="1" ht="20">
+      <c r="A95" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B97" s="4" t="s">
+      <c r="B95" s="4" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" customHeight="1" ht="18">
+      <c r="A96" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" customHeight="1" ht="18">
+      <c r="A97" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="1" ht="18">
       <c r="A98" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="1" ht="18">
       <c r="A99" s="5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>151</v>
-[...9 lines deleted...]
-      <c r="A101" s="4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" customHeight="1" ht="18">
+      <c r="A100" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" customHeight="1" ht="18">
+      <c r="A101" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" customHeight="1" ht="25">
+      <c r="A102" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B102" s="2"/>
+    </row>
+    <row r="103" spans="1:2" customHeight="1" ht="20">
+      <c r="A103" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B101" s="4" t="s">
+      <c r="B103" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="102" spans="1:2" customHeight="1" ht="18">
-[...12 lines deleted...]
-        <v>156</v>
+    <row r="104" spans="1:2" customHeight="1" ht="18">
+      <c r="A104" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" customHeight="1" ht="18">
+      <c r="A105" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" customHeight="1" ht="18">
+      <c r="A106" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" customHeight="1" ht="18">
+      <c r="A107" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" customHeight="1" ht="18">
+      <c r="A108" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" customHeight="1" ht="25">
+      <c r="A109" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B109" s="2"/>
+    </row>
+    <row r="110" spans="1:2" customHeight="1" ht="20">
+      <c r="A110" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" customHeight="1" ht="18">
+      <c r="A111" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" customHeight="1" ht="18">
+      <c r="A112" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" customHeight="1" ht="25">
+      <c r="A113" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B113" s="2"/>
+    </row>
+    <row r="114" spans="1:2" customHeight="1" ht="20">
+      <c r="A114" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" customHeight="1" ht="18">
+      <c r="A115" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" customHeight="1" ht="18">
+      <c r="A116" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A17:B17"/>
-    <mergeCell ref="A27:B27"/>
-[...8 lines deleted...]
-    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="A109:B109"/>
+    <mergeCell ref="A113:B113"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>