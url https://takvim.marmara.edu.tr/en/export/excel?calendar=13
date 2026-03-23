--- v1 (2025-12-08)
+++ v2 (2026-03-23)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>2025-2026 ACADEMIC CALENDAR</t>
   </si>
   <si>
-    <t>Download Date : 08.12.2025 08:23:17</t>
+    <t>Download Date : 23.03.2026 03:24:28</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> August 2025</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>12.08.2025 - 12.09.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2025</t>
   </si>
   <si>
     <t>08.09.2025 - 20.09.2025</t>
   </si>
@@ -184,414 +184,624 @@
   <si>
     <t>ATA121, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Ara Sınavı Mazereti</t>
   </si>
   <si>
     <t>12.12.2025 - 12.12.2025</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Ara Sınavı Mazereti</t>
   </si>
   <si>
     <t>22.12.2025 - 22.12.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Ara Sınav Mazeret Sınav Sonuçlarının İlanı</t>
   </si>
   <si>
     <t>26.12.2025 - 26.12.2025</t>
   </si>
   <si>
     <t>Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihlerinin İlanı</t>
   </si>
   <si>
     <t xml:space="preserve"> January 2026</t>
   </si>
   <si>
+    <t>01.01.2026 - 01.01.2026</t>
+  </si>
+  <si>
+    <t>Yılbaşı</t>
+  </si>
+  <si>
+    <t>07.01.2026 - 09.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuru</t>
+  </si>
+  <si>
+    <t>07.01.2026 - 23.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Özel Öğrenci Başvurusu</t>
+  </si>
+  <si>
+    <t>12.01.2026 - 12.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları İçin Yabancı Dil Sınavı</t>
+  </si>
+  <si>
     <t>12.01.2026 - 25.01.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihleri</t>
   </si>
   <si>
     <t>13.01.2026 - 21.01.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Tarihleri</t>
   </si>
   <si>
     <t>13.01.2026 - 22.01.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuruların Onay İşlemleri</t>
   </si>
   <si>
+    <t>14.01.2026 - 14.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları İçin Yabancı Dil Sınav Sonuçlarının İlanı</t>
+  </si>
+  <si>
+    <t>15.01.2026 - 15.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları için Yabancı Dil Sınav Sonuçlarına İtiraz Süresi</t>
+  </si>
+  <si>
+    <t>16.01.2026 - 23.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvurularının Değerlendirilmesi</t>
+  </si>
+  <si>
     <t>17.01.2026 - 18.01.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</t>
   </si>
   <si>
     <t>21.01.2026 - 21.01.2026</t>
   </si>
   <si>
     <t>YDZI121, YDZI131 İngilizce I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>22.01.2026 - 22.01.2026</t>
   </si>
   <si>
     <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>23.01.2026 - 23.01.2026</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>24.01.2026 - 25.01.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</t>
   </si>
   <si>
     <t>26.01.2026 - 28.01.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuran Adaylar İçin Mesleki Bilgi Değerlendirmesi ve Mülakat</t>
   </si>
   <si>
     <t>26.01.2026 - 08.02.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Bütünleme Sınavı Tarihleri</t>
   </si>
   <si>
+    <t>27.01.2026 - 27.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Sonuçlarının Rektörlüğe Gönderilmesi İçin Son Gün</t>
+  </si>
+  <si>
+    <t>29.01.2026 - 29.01.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Sonuçlarının İlanı</t>
+  </si>
+  <si>
     <t>30.01.2026 - 30.01.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Sonuçlarının İlanı</t>
   </si>
   <si>
     <t xml:space="preserve"> February 2026</t>
   </si>
   <si>
     <t>02.02.2026 - 05.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</t>
   </si>
   <si>
     <t>02.02.2026 - 04.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Kesin Kayıt İşlemleri</t>
   </si>
   <si>
     <t>2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Lisansüstü Programlar İçin Kurumlararası Yatay Geçiş Başvuru Tarihleri</t>
   </si>
   <si>
+    <t>02.02.2026 - 03.02.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Asil Kayıtları</t>
+  </si>
+  <si>
     <t>02.02.2026 - 15.02.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Öğrenci Katkı Payının Yatırılması</t>
   </si>
   <si>
     <t>04.02.2026 - 04.02.2026</t>
   </si>
   <si>
     <t>YDZI121, YDZI131 İngilizce I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
     <t>05.02.2026 - 05.02.2026</t>
   </si>
   <si>
     <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Kontenjan İlanı</t>
+  </si>
+  <si>
     <t>06.02.2026 - 06.02.2026</t>
   </si>
   <si>
     <t>TRD121, TRD120 Türk Dili I Yarıyıl Sonu Bütünleme Sınavı</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerin İlanı</t>
   </si>
   <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Adaylardan Ön Kayıt Dilekçesi Alınması</t>
+  </si>
+  <si>
     <t>07.02.2026 - 08.02.2026</t>
   </si>
   <si>
     <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan ve Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Bütünleme Sınavı</t>
   </si>
   <si>
     <t>09.02.2026 - 10.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerden Ön Kayıt Dilekçesi Alınması</t>
   </si>
   <si>
+    <t>09.02.2026 - 09.02.2026</t>
+  </si>
+  <si>
+    <t>Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Kayıtları</t>
+  </si>
+  <si>
     <t>09.02.2026 - 15.02.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ders Kaydı</t>
   </si>
   <si>
     <t>12.02.2026 - 12.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek-Kesin Kayıt Hakkı Kazananların İlanı</t>
   </si>
   <si>
     <t>13.02.2026 - 13.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek Ön Kayıt Dilekçesi Alınan Adayların Kesin Kayıtları</t>
   </si>
   <si>
     <t>16.02.2026 - 20.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Güz Dönemi 44 Madde 1. Sınav Hakkı</t>
   </si>
   <si>
     <t>Birim Yönetim Kuruluna Öğrencilerin Bahar Yarıyılı Mazeretli Kayıt Yenileme Dilekçesi Vermeleri için Son Gün</t>
   </si>
   <si>
-    <t>16.02.2026 - 14.06.2026</t>
+    <t>16.02.2026 - 07.06.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Dersler</t>
   </si>
   <si>
     <t>18.02.2026 - 18.02.2026</t>
   </si>
   <si>
     <t>Güz Yarıyılı Tek Ders Sınavı</t>
   </si>
   <si>
     <t>20.02.2026 - 20.02.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarı Yılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarıyılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
     <t>25.02.2026 - 25.02.2026</t>
   </si>
   <si>
     <t>Birim Yönetim Kurulunun Bahar Yarıyılı Mazeretli Kayıt Yenileme Dilekçelerini Değerlendirmeleri için Son Gün</t>
   </si>
   <si>
     <t xml:space="preserve"> March 2026</t>
   </si>
   <si>
     <t>02.03.2026 - 06.03.2026</t>
   </si>
   <si>
     <t>2025-2026 Güz Dönemi 44 Madde 2. Sınav Hakkı</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ders Ekleme-Çıkarma</t>
   </si>
   <si>
     <t>13.03.2026 - 13.03.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Güz Yarıyılı Sonunda Mezun Olan Öğrencilerin Mezuniyet İşlemlerinin Tamamlanması için Son Gün</t>
   </si>
   <si>
     <t>18.03.2026 - 18.03.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Tarihlerinin İlanı</t>
   </si>
   <si>
+    <t>19.03.2026 - 19.03.2026</t>
+  </si>
+  <si>
+    <t>Ramazan Bayramı Arefesi</t>
+  </si>
+  <si>
+    <t>20.03.2026 - 20.03.2026</t>
+  </si>
+  <si>
+    <t>Ramazan Bayramı - 1. Gün</t>
+  </si>
+  <si>
+    <t>21.03.2026 - 21.03.2026</t>
+  </si>
+  <si>
+    <t>Ramazan Bayramı - 2. Gün</t>
+  </si>
+  <si>
+    <t>22.03.2026 - 22.03.2026</t>
+  </si>
+  <si>
+    <t>Ramazan Bayramı - 3. Gün</t>
+  </si>
+  <si>
     <t xml:space="preserve"> April 2026</t>
   </si>
   <si>
+    <t>04.04.2026 - 05.04.2026</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Ara (Vize) Sınavı</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Ara (Vize) Sınavı</t>
+  </si>
+  <si>
     <t>06.04.2026 - 12.04.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Tarihleri</t>
   </si>
   <si>
     <t>08.04.2026 - 08.04.2026</t>
   </si>
   <si>
+    <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi II Ara Sınavı</t>
+  </si>
+  <si>
+    <t>TRD122, TRD120 Türk Dili II Yarıyıl Ara Sınavı</t>
+  </si>
+  <si>
+    <t>09.04.2026 - 09.04.2026</t>
+  </si>
+  <si>
     <t>YDZI122, YDZI132 İngilizce II Yarıyıl Ara Sınavı</t>
   </si>
   <si>
-    <t>09.04.2026 - 09.04.2026</t>
-[...10 lines deleted...]
-  <si>
     <t>17.04.2026 - 17.04.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Mazeret Sınavı Başvuru İçin Son Gün</t>
   </si>
   <si>
     <t>20.04.2026 - 20.04.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Not Giriş İşlemlerinin Tamamlaması Kesin Kayıt ve İlanı</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Mazeret Sınav Tarihlerinin İlanı</t>
   </si>
   <si>
+    <t>23.04.2026 - 23.04.2026</t>
+  </si>
+  <si>
+    <t>Ulusal Egemenlik ve Çocuk Bayramı</t>
+  </si>
+  <si>
     <t xml:space="preserve"> May 2026</t>
   </si>
   <si>
+    <t>01.05.2026 - 01.05.2026</t>
+  </si>
+  <si>
+    <t>Emek ve Dayanışma Günü</t>
+  </si>
+  <si>
     <t>06.05.2026 - 06.05.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Mazeret Sınav Tarihleri</t>
   </si>
   <si>
-    <t>YDZI122, YDZI131 İngilizce II Ara Sınav Mazeret Sınavı</t>
+    <t>YDZI122, YDZI132 İngilizce II Ara Sınav Mazeret Sınavı</t>
   </si>
   <si>
     <t>07.05.2026 - 07.05.2026</t>
   </si>
   <si>
     <t>ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi II Ara Sınav Mazeret Sınavı</t>
   </si>
   <si>
     <t>08.05.2026 - 08.05.2026</t>
   </si>
   <si>
     <t>TRD122, TRD120 Türk Dili II Ara Sınav Mazeret Sınavı</t>
   </si>
   <si>
+    <t>19.05.2026 - 19.05.2026</t>
+  </si>
+  <si>
+    <t>Atatürk’ü Anma, Gençlik ve Spor Bayramı</t>
+  </si>
+  <si>
     <t>20.05.2026 - 20.05.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Ara Sınav Mazeret Sınav Sonuçlarının İlanı</t>
   </si>
   <si>
     <t>25.05.2026 - 25.05.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Sonu Sınavı Tarihlerinin İlanı</t>
   </si>
   <si>
+    <t>26.05.2026 - 26.05.2026</t>
+  </si>
+  <si>
+    <t>Kurban Bayramı Arefesi</t>
+  </si>
+  <si>
+    <t>27.05.2026 - 27.05.2026</t>
+  </si>
+  <si>
+    <t>Kurban Bayramı 1. Gün</t>
+  </si>
+  <si>
+    <t>28.05.2026 - 28.05.2026</t>
+  </si>
+  <si>
+    <t>Kurban Bayramı 2. Gün</t>
+  </si>
+  <si>
+    <t>29.05.2026 - 29.05.2026</t>
+  </si>
+  <si>
+    <t>Kurban Bayramı 3. Gün</t>
+  </si>
+  <si>
+    <t>30.05.2026 - 30.05.2026</t>
+  </si>
+  <si>
+    <t>Kurban Bayramı 4. Gün</t>
+  </si>
+  <si>
     <t xml:space="preserve"> June 2026</t>
   </si>
   <si>
-    <t>15.06.2026 - 28.06.2026</t>
+    <t>08.06.2026 - 21.06.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Yarıyıl Sonu Sınavı Dönemi</t>
   </si>
   <si>
-    <t>24.06.2026 - 24.06.2026</t>
-[...17 lines deleted...]
-    <t>29.06.2026 - 12.07.2026</t>
+    <t>22.06.2026 - 05.07.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Bütünleme Sınavı Dönemi</t>
   </si>
   <si>
+    <t>27.06.2026 - 28.06.2026</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Sonu (Final) Sınavı</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Sonu (Final) Sınavı</t>
+  </si>
+  <si>
     <t xml:space="preserve"> July 2026</t>
   </si>
   <si>
+    <t>01.07.2026 - 07.07.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Ön Kayıt İşlemleri</t>
+  </si>
+  <si>
     <t>08.07.2026 - 08.07.2026</t>
   </si>
   <si>
-    <t>YDZI122, YDZI132 İngilizce II Bütünleme Sınavı</t>
-[...11 lines deleted...]
-    <t>TRD122, TRD120 Türk Dili II Bütünleme Sınavı</t>
+    <t>Yaz Okulu Açılması Kesinleşen Derslerin İlanı</t>
+  </si>
+  <si>
+    <t>09.07.2026 - 10.07.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Kesin Kayıt İşlemleri</t>
+  </si>
+  <si>
+    <t>11.07.2026 - 12.07.2026</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Bütünleme Sınavı</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Bütünleme Sınavı</t>
+  </si>
+  <si>
+    <t>13.07.2026 - 29.08.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Dersler</t>
+  </si>
+  <si>
+    <t>15.07.2026 - 15.07.2026</t>
+  </si>
+  <si>
+    <t>15 Temmuz Demokrasi ve Milli Birlik Günü</t>
   </si>
   <si>
     <t>22.07.2026 - 22.07.2026</t>
   </si>
   <si>
     <t>Bahar Yarıyılı Tek Ders Sınavı</t>
   </si>
   <si>
     <t>29.07.2026 - 29.07.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Yarıyılı Sonunda Mezun Olan Öğrencilerin Mezuniyet İşlemlerinin Tamamlanması için Son Gün</t>
   </si>
   <si>
     <t xml:space="preserve"> August 2026</t>
   </si>
   <si>
+    <t>03.08.2026 - 08.08.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Ara Sınav Tarihleri</t>
+  </si>
+  <si>
+    <t>03.08.2026 - 14.08.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Ara Sınav Mazeret Sınavı Başvurusu</t>
+  </si>
+  <si>
+    <t>19.08.2026 - 21.08.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Ara Sınav Mazeret Sınavı</t>
+  </si>
+  <si>
     <t>28.08.2026 - 28.08.2026</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Yarı Yılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
     <t>2025-2026 Eğitim-Öğretim Yılı Bahar Yarıyılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</t>
   </si>
   <si>
+    <t>30.08.2026 - 30.08.2026</t>
+  </si>
+  <si>
+    <t>Zafer Bayramı</t>
+  </si>
+  <si>
+    <t>31.08.2026 - 06.09.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Yarıyıl Sonu Sınavı Tarihleri</t>
+  </si>
+  <si>
+    <t>31.08.2026 - 11.09.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Yarıyıl Sonu Mazeret Sınavı Başvurusu</t>
+  </si>
+  <si>
     <t xml:space="preserve"> September 2026</t>
   </si>
   <si>
     <t>14.09.2026 - 18.09.2026</t>
   </si>
   <si>
     <t>2025-2026 Bahar Dönemi 44 Madde 1. Sınav Hakkı Sınavları</t>
+  </si>
+  <si>
+    <t>16.09.2026 - 17.09.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Sonu Mazeret Sınavı Tarihleri</t>
+  </si>
+  <si>
+    <t>21.09.2026 - 21.09.2026</t>
+  </si>
+  <si>
+    <t>Yaz Okulu Yarıyıl Sonrası Tek Ders Sınavı</t>
   </si>
   <si>
     <t>28.09.2026 - 04.10.2026</t>
   </si>
   <si>
     <t>2025-2026 Bahar Dönemi 44 Madde 2. Sınav Hakkı Sınavları</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1029,51 +1239,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B116"/>
+  <dimension ref="A1:B153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="1"/>
       <c r="B1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>2</v>
       </c>
     </row>
@@ -1411,594 +1621,890 @@
     </row>
     <row r="46" spans="1:2" customHeight="1" ht="18">
       <c r="A46" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="1" ht="18">
       <c r="A47" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="1" ht="18">
       <c r="A48" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="49" spans="1:2" customHeight="1" ht="25">
-      <c r="A49" s="3" t="s">
+    <row r="49" spans="1:2" customHeight="1" ht="18">
+      <c r="A49" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B49" s="2"/>
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="B49" s="6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" customHeight="1" ht="18">
+      <c r="A50" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="1" ht="18">
       <c r="A51" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="1" ht="18">
       <c r="A52" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="1" ht="18">
       <c r="A53" s="5" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="1" ht="18">
       <c r="A54" s="5" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="1" ht="18">
       <c r="A55" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="1" ht="18">
       <c r="A56" s="5" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="1" ht="18">
       <c r="A57" s="5" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>91</v>
-[...15 lines deleted...]
-        <v>94</v>
+        <v>95</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" customHeight="1" ht="25">
+      <c r="A58" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B58" s="2"/>
+    </row>
+    <row r="59" spans="1:2" customHeight="1" ht="20">
+      <c r="A59" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="1" ht="18">
       <c r="A60" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="1" ht="18">
       <c r="A61" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="1" ht="18">
       <c r="A62" s="5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="1" ht="18">
       <c r="A63" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="64" spans="1:2" customHeight="1" ht="18">
       <c r="A64" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="65" spans="1:2" customHeight="1" ht="18">
       <c r="A65" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="1" ht="18">
       <c r="A66" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="1" ht="18">
       <c r="A67" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="1" ht="18">
       <c r="A68" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="1" ht="18">
       <c r="A69" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="1" ht="18">
       <c r="A70" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="71" spans="1:2" customHeight="1" ht="25">
-      <c r="A71" s="3" t="s">
+    <row r="71" spans="1:2" customHeight="1" ht="18">
+      <c r="A71" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="B71" s="2"/>
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="B71" s="6" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" customHeight="1" ht="18">
+      <c r="A72" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="1" ht="18">
       <c r="A73" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="1" ht="18">
       <c r="A74" s="5" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="1" ht="18">
       <c r="A75" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="1" ht="18">
       <c r="A76" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>122</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" customHeight="1" ht="18">
+      <c r="A77" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" customHeight="1" ht="18">
+      <c r="A78" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="1" ht="18">
       <c r="A79" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="1" ht="18">
       <c r="A80" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="1" ht="18">
       <c r="A81" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="1" ht="18">
       <c r="A82" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="1" ht="18">
       <c r="A83" s="5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>133</v>
-[...25 lines deleted...]
-      <c r="A87" s="4" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" customHeight="1" ht="25">
+      <c r="A84" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B84" s="2"/>
+    </row>
+    <row r="85" spans="1:2" customHeight="1" ht="20">
+      <c r="A85" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B87" s="4" t="s">
+      <c r="B85" s="4" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" customHeight="1" ht="18">
+      <c r="A86" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" customHeight="1" ht="18">
+      <c r="A87" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="1" ht="18">
       <c r="A88" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="89" spans="1:2" customHeight="1" ht="18">
       <c r="A89" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="90" spans="1:2" customHeight="1" ht="18">
       <c r="A90" s="5" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="1" ht="18">
       <c r="A91" s="5" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="1" ht="18">
       <c r="A92" s="5" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="1" ht="18">
       <c r="A93" s="5" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="94" spans="1:2" customHeight="1" ht="25">
       <c r="A94" s="3" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B94" s="2"/>
     </row>
     <row r="95" spans="1:2" customHeight="1" ht="20">
       <c r="A95" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="1" ht="18">
       <c r="A96" s="5" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="97" spans="1:2" customHeight="1" ht="18">
       <c r="A97" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="1" ht="18">
       <c r="A98" s="5" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="1" ht="18">
       <c r="A99" s="5" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="100" spans="1:2" customHeight="1" ht="18">
       <c r="A100" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="101" spans="1:2" customHeight="1" ht="18">
       <c r="A101" s="5" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>159</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>165</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" customHeight="1" ht="18">
+      <c r="A102" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" customHeight="1" ht="18">
+      <c r="A103" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="104" spans="1:2" customHeight="1" ht="18">
       <c r="A104" s="5" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:2" customHeight="1" ht="18">
       <c r="A105" s="5" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>164</v>
-[...15 lines deleted...]
-        <v>168</v>
+        <v>172</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" customHeight="1" ht="25">
+      <c r="A106" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B106" s="2"/>
+    </row>
+    <row r="107" spans="1:2" customHeight="1" ht="20">
+      <c r="A107" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:2" customHeight="1" ht="18">
       <c r="A108" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>170</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" customHeight="1" ht="18">
+      <c r="A109" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" customHeight="1" ht="18">
+      <c r="A110" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="111" spans="1:2" customHeight="1" ht="18">
       <c r="A111" s="5" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:2" customHeight="1" ht="18">
       <c r="A112" s="5" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>174</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" customHeight="1" ht="18">
+      <c r="A113" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" customHeight="1" ht="18">
+      <c r="A114" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="115" spans="1:2" customHeight="1" ht="18">
       <c r="A115" s="5" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
     </row>
     <row r="116" spans="1:2" customHeight="1" ht="18">
       <c r="A116" s="5" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>179</v>
+        <v>190</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" customHeight="1" ht="18">
+      <c r="A117" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" customHeight="1" ht="18">
+      <c r="A118" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" customHeight="1" ht="18">
+      <c r="A119" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" customHeight="1" ht="18">
+      <c r="A120" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" customHeight="1" ht="25">
+      <c r="A121" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B121" s="2"/>
+    </row>
+    <row r="122" spans="1:2" customHeight="1" ht="20">
+      <c r="A122" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" customHeight="1" ht="18">
+      <c r="A123" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" customHeight="1" ht="18">
+      <c r="A124" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" customHeight="1" ht="18">
+      <c r="A125" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" customHeight="1" ht="18">
+      <c r="A126" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" customHeight="1" ht="25">
+      <c r="A127" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B127" s="2"/>
+    </row>
+    <row r="128" spans="1:2" customHeight="1" ht="20">
+      <c r="A128" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" customHeight="1" ht="18">
+      <c r="A129" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" customHeight="1" ht="18">
+      <c r="A130" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" customHeight="1" ht="18">
+      <c r="A131" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" customHeight="1" ht="18">
+      <c r="A132" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" customHeight="1" ht="18">
+      <c r="A133" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" customHeight="1" ht="18">
+      <c r="A134" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" customHeight="1" ht="18">
+      <c r="A135" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" customHeight="1" ht="18">
+      <c r="A136" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" customHeight="1" ht="18">
+      <c r="A137" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" customHeight="1" ht="25">
+      <c r="A138" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B138" s="2"/>
+    </row>
+    <row r="139" spans="1:2" customHeight="1" ht="20">
+      <c r="A139" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" customHeight="1" ht="18">
+      <c r="A140" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" customHeight="1" ht="18">
+      <c r="A141" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" customHeight="1" ht="18">
+      <c r="A142" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" customHeight="1" ht="18">
+      <c r="A143" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" customHeight="1" ht="18">
+      <c r="A144" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" customHeight="1" ht="18">
+      <c r="A145" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" customHeight="1" ht="18">
+      <c r="A146" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" customHeight="1" ht="18">
+      <c r="A147" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" customHeight="1" ht="25">
+      <c r="A148" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B148" s="2"/>
+    </row>
+    <row r="149" spans="1:2" customHeight="1" ht="20">
+      <c r="A149" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" customHeight="1" ht="18">
+      <c r="A150" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" customHeight="1" ht="18">
+      <c r="A151" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" customHeight="1" ht="18">
+      <c r="A152" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" customHeight="1" ht="18">
+      <c r="A153" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A36:B36"/>
-    <mergeCell ref="A49:B49"/>
-[...2 lines deleted...]
-    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A84:B84"/>
     <mergeCell ref="A94:B94"/>
-    <mergeCell ref="A102:B102"/>
-[...1 lines deleted...]
-    <mergeCell ref="A113:B113"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="A121:B121"/>
+    <mergeCell ref="A127:B127"/>
+    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="A148:B148"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>