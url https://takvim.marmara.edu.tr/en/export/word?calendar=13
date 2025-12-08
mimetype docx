--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -899,50 +899,96 @@
               <w:t xml:space="preserve">Güz Yarıyılı Ara Sınav Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">12.11.2025 - 12.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YDZI121, YDZI131 İngilizce I Yarıyıl Ara Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">13.11.2025 - 13.11.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ATA121, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Ara Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1705,50 +1751,142 @@
               <w:t xml:space="preserve">Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">13.01.2026 - 21.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.01.2026 - 22.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuruların Onay İşlemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">17.01.2026 - 18.01.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1935,72 +2073,164 @@
               <w:t xml:space="preserve">Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">26.01.2026 - 28.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuran Adaylar İçin Mesleki Bilgi Değerlendirmesi ve Mülakat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">26.01.2026 - 08.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Güz Yarıyılı Bütünleme Sınavı Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30.01.2026 - 30.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuru Sonuçlarının İlanı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -2085,50 +2315,188 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">02.02.2026 - 05.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">02.02.2026 - 04.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Kesin Kayıt İşlemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">02.02.2026 - 05.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Lisansüstü Programlar İçin Kurumlararası Yatay Geçiş Başvuru Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">02.02.2026 - 15.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Öğrenci Katkı Payının Yatırılması</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2269,118 +2637,348 @@
               <w:t xml:space="preserve">TRD121, TRD120 Türk Dili I Yarıyıl Sonu Bütünleme Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">06.02.2026 - 06.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerin İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">07.02.2026 - 08.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan ve Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Bütünleme Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">09.02.2026 - 10.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerden Ön Kayıt Dilekçesi Alınması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">09.02.2026 - 15.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ders Kaydı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12.02.2026 - 12.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek-Kesin Kayıt Hakkı Kazananların İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.02.2026 - 13.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedek Ön Kayıt Dilekçesi Alınan Adayların Kesin Kayıtları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16.02.2026 - 20.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 Güz Dönemi 44 Madde 1. Sınav Hakkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">16.02.2026 - 20.02.2026</w:t>
@@ -2762,51 +3360,51 @@
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">02.03.2026 - 06.03.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025-2026 Güz Dönemi 44 Madde 2. Sınav Hakkı Sınavları</w:t>
+              <w:t xml:space="preserve">2025-2026 Güz Dönemi 44 Madde 2. Sınav Hakkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">02.03.2026 - 06.03.2026</w:t>
@@ -4935,51 +5533,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 24.10.2025 02:29:37</w:t>
+      <w:t xml:space="preserve">Download Date : 08.12.2025 08:26:07</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>