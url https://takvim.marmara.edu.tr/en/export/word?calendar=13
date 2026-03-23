--- v1 (2025-12-08)
+++ v2 (2026-03-23)
@@ -1705,50 +1705,234 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">01.01.2026 - 01.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yılbaşı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07.01.2026 - 09.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07.01.2026 - 23.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Özel Öğrenci Başvurusu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12.01.2026 - 12.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları İçin Yabancı Dil Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">12.01.2026 - 25.01.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Güz Yarıyılı Yarıyıl Sonu Sınavı Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1843,50 +2027,188 @@
               <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Programlara Başvuruların Onay İşlemleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">14.01.2026 - 14.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları İçin Yabancı Dil Sınav Sonuçlarının İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.01.2026 - 15.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvuruları için Yabancı Dil Sınav Sonuçlarına İtiraz Süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16.01.2026 - 23.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Başvurularının Değerlendirilmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">17.01.2026 - 18.01.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Güz Yarıyılı Sonu (Final) Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2141,50 +2463,142 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">26.01.2026 - 08.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Güz Yarıyılı Bütünleme Sınavı Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.01.2026 - 27.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Sonuçlarının Rektörlüğe Gönderilmesi İçin Son Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29.01.2026 - 29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Sonuçlarının İlanı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30.01.2026 - 30.01.2026</w:t>
@@ -2453,50 +2867,96 @@
               <w:t xml:space="preserve">2025-2026 Eğitim Öğretim Yılı Bahar Dönemi Lisansüstü Programlar İçin Kurumlararası Yatay Geçiş Başvuru Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">02.02.2026 - 03.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Asil Kayıtları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">02.02.2026 - 15.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Öğrenci Katkı Payının Yatırılması</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2591,50 +3051,96 @@
               <w:t xml:space="preserve">ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi I Yarıyıl Sonu Bütünleme Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">05.02.2026 - 05.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Kontenjan İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">06.02.2026 - 06.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">TRD121, TRD120 Türk Dili I Yarıyıl Sonu Bütünleme Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2683,50 +3189,96 @@
               <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerin İlanı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">06.02.2026 - 06.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Adaylardan Ön Kayıt Dilekçesi Alınması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">07.02.2026 - 08.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan ve Mühendislik Yönetimi Uzaktan Öğretim Güz Yarıyılı Bütünleme Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2775,50 +3327,96 @@
               <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Dönemi Lisansüstü Yedeklerden Ön Kayıt Dilekçesi Alınması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">09.02.2026 - 09.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bahar Yarıyılı Önlisans Kurumlararası Yatay Geçiş Yedek Kayıtları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">09.02.2026 - 15.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ders Kaydı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3005,51 +3603,51 @@
               <w:t xml:space="preserve">Birim Yönetim Kuruluna Öğrencilerin Bahar Yarıyılı Mazeretli Kayıt Yenileme Dilekçesi Vermeleri için Son Gün</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">16.02.2026 - 14.06.2026</w:t>
+              <w:t xml:space="preserve">16.02.2026 - 07.06.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Dersler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3503,50 +4101,234 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Tarihlerinin İlanı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19.03.2026 - 19.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ramazan Bayramı Arefesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20.03.2026 - 20.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ramazan Bayramı - 1. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21.03.2026 - 21.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ramazan Bayramı - 2. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22.03.2026 - 22.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ramazan Bayramı - 3. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
@@ -3627,50 +4409,142 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">04.04.2026 - 05.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Ara (Vize) Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">04.04.2026 - 05.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Ara (Vize) Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">06.04.2026 - 12.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3694,167 +4568,167 @@
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">08.04.2026 - 08.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">ATA122, ATA120 Atatürk İlkeleri ve İnkılap Tarihi II Ara Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08.04.2026 - 08.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRD122, TRD120 Türk Dili II Yarıyıl Ara Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">09.04.2026 - 09.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">YDZI122, YDZI132 İngilizce II Yarıyıl Ara Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">09.04.2026 - 09.04.2026</w:t>
-[...90 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">17.04.2026 - 17.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Mazeret Sınavı Başvuru İçin Son Gün</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3925,50 +4799,96 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">20.04.2026 - 20.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Mazeret Sınav Tarihlerinin İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23.04.2026 - 23.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ulusal Egemenlik ve Çocuk Bayramı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -4053,50 +4973,96 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">01.05.2026 - 01.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emek ve Dayanışma Günü</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">06.05.2026 - 06.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Mazeret Sınav Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4120,51 +5086,51 @@
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">06.05.2026 - 06.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">YDZI122, YDZI131 İngilizce II Ara Sınav Mazeret Sınavı</w:t>
+              <w:t xml:space="preserve">YDZI122, YDZI132 İngilizce II Ara Sınav Mazeret Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">07.05.2026 - 07.05.2026</w:t>
@@ -4237,50 +5203,96 @@
               <w:t xml:space="preserve">TRD122, TRD120 Türk Dili II Ara Sınav Mazeret Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">19.05.2026 - 19.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atatürk’ü Anma, Gençlik ve Spor Bayramı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">20.05.2026 - 20.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Ara Sınav Mazeret Sınav Sonuçlarının İlanı</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4305,50 +5317,280 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">25.05.2026 - 25.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Sonu Sınavı Tarihlerinin İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26.05.2026 - 26.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kurban Bayramı Arefesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.05.2026 - 27.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kurban Bayramı 1. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28.05.2026 - 28.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kurban Bayramı 2. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29.05.2026 - 29.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kurban Bayramı 3. Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30.05.2026 - 30.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kurban Bayramı 4. Gün</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -4433,302 +5675,210 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">15.06.2026 - 28.06.2026</w:t>
+              <w:t xml:space="preserve">08.06.2026 - 21.06.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Yarıyıl Sonu Sınavı Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">24.06.2026 - 24.06.2026</w:t>
-[...183 lines deleted...]
-              <w:t xml:space="preserve">29.06.2026 - 12.07.2026</w:t>
+              <w:t xml:space="preserve">22.06.2026 - 05.07.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahar Yarıyılı Bütünleme Sınavı Dönemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.06.2026 - 28.06.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Sonu (Final) Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.06.2026 - 28.06.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Sonu (Final) Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -4813,164 +5963,348 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">01.07.2026 - 07.07.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Ön Kayıt İşlemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">08.07.2026 - 08.07.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">YDZI122, YDZI132 İngilizce II Bütünleme Sınavı</w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve">TRD122, TRD120 Türk Dili II Bütünleme Sınavı</w:t>
+              <w:t xml:space="preserve">Yaz Okulu Açılması Kesinleşen Derslerin İlanı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">09.07.2026 - 10.07.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Kesin Kayıt İşlemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11.07.2026 - 12.07.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü İş Güvenliği Uzaktan Öğretim Bahar Yarıyılı Bütünleme Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11.07.2026 - 12.07.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fen Bilimleri Enstitüsü Mühendislik Yönetimi Uzaktan Öğretim Bahar Yarıyılı Bütünleme Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.07.2026 - 29.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Dersler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.07.2026 - 15.07.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 Temmuz Demokrasi ve Milli Birlik Günü</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">22.07.2026 - 22.07.2026</w:t>
@@ -5147,50 +6481,188 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">03.08.2026 - 08.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Ara Sınav Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03.08.2026 - 14.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Ara Sınav Mazeret Sınavı Başvurusu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19.08.2026 - 21.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Ara Sınav Mazeret Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">28.08.2026 - 28.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Yarı Yılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5215,50 +6687,188 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">28.08.2026 - 28.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2025-2026 Eğitim-Öğretim Yılı Bahar Yarıyılı Çift Anadal ve Yandal Programları Öğrencileri İçin Başarısızlık Nedeniyle Kayıtların Silinmesi İçin Son Gün</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30.08.2026 - 30.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zafer Bayramı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31.08.2026 - 06.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Yarıyıl Sonu Sınavı Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31.08.2026 - 11.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Yarıyıl Sonu Mazeret Sınavı Başvurusu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -5365,50 +6975,142 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">14.09.2026 - 18.09.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2025-2026 Bahar Dönemi 44 Madde 1. Sınav Hakkı Sınavları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16.09.2026 - 17.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Sonu Mazeret Sınavı Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21.09.2026 - 21.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yaz Okulu Yarıyıl Sonrası Tek Ders Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">28.09.2026 - 04.10.2026</w:t>
@@ -5533,51 +7235,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 08.12.2025 08:26:07</w:t>
+      <w:t xml:space="preserve">Download Date : 23.03.2026 03:21:36</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>