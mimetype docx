--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -12403,200 +12403,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">19.09.2016 - 19.09.2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Deadline for the Evaluation of Grades of Summer School Courses taken in other Universities by Departmental Boards</w:t>
-            </w:r>
-[...148 lines deleted...]
-              <w:t xml:space="preserve">Yılbaşı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="300" w:right="300" w:bottom="300" w:left="300" w:header="100" w:footer="125" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -12675,51 +12525,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 29.10.2025 15:37:21</w:t>
+      <w:t xml:space="preserve">Download Date : 15.12.2025 19:35:37</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>