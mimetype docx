--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -12525,51 +12525,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 15.12.2025 19:35:37</w:t>
+      <w:t xml:space="preserve">Download Date : 14.03.2026 05:49:13</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>