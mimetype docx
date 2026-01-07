--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -2841,51 +2841,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 04.11.2025 23:45:37</w:t>
+      <w:t xml:space="preserve">Download Date : 07.01.2026 05:47:44</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>