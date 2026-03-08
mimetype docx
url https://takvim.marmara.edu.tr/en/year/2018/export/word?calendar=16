--- v1 (2026-01-07)
+++ v2 (2026-03-08)
@@ -2841,51 +2841,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Download Date : 07.01.2026 05:47:44</w:t>
+      <w:t xml:space="preserve">Download Date : 08.03.2026 05:25:03</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>