--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>2021-2022 ACADEMIC CALENDAR</t>
   </si>
   <si>
-    <t>Download Date : 31.10.2025 06:29:42</t>
+    <t>Download Date : 16.12.2025 09:29:34</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> July 2021</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>01.07.2021 - 01.10.2021</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2021</t>
   </si>
   <si>
     <t>13.09.2021 - 01.10.2021</t>
   </si>