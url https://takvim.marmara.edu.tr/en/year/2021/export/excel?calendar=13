--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>2021-2022 ACADEMIC CALENDAR</t>
   </si>
   <si>
-    <t>Download Date : 16.12.2025 09:29:34</t>
+    <t>Download Date : 31.01.2026 07:23:39</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> July 2021</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>01.07.2021 - 01.10.2021</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2021</t>
   </si>
   <si>
     <t>13.09.2021 - 01.10.2021</t>
   </si>