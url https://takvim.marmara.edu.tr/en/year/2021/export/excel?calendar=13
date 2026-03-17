--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>2021-2022 ACADEMIC CALENDAR</t>
   </si>
   <si>
-    <t>Download Date : 31.01.2026 07:23:39</t>
+    <t>Download Date : 17.03.2026 10:23:31</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> July 2021</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>01.07.2021 - 01.10.2021</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2021</t>
   </si>
   <si>
     <t>13.09.2021 - 01.10.2021</t>
   </si>