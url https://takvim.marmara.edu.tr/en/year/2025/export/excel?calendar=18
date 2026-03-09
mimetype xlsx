--- v0 (2025-10-14)
+++ v1 (2026-03-09)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>2025-2026 ACADEMIC CALENDAR (School of Medicine)</t>
   </si>
   <si>
-    <t>Download Date : 14.10.2025 03:41:09</t>
+    <t>Download Date : 10.03.2026 01:02:44</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> June 2025</t>
   </si>
   <si>
     <t>Start - End Date</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>25.06.2025 - 27.06.2025</t>
   </si>
   <si>
     <t>Tıp Fakültesi 6. Sınıflar Ders Kayıt Tarihleri</t>
   </si>
   <si>
     <t xml:space="preserve"> July 2025</t>
   </si>
   <si>
     <t>01.07.2025 - 30.06.2026</t>
   </si>
@@ -94,72 +94,105 @@
   <si>
     <t>Tıp Fakültesi 4. ,5. Sınıflar Dersler</t>
   </si>
   <si>
     <t>01.09.2025 - 23.01.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi 1. Yarıyıl Dönemi</t>
   </si>
   <si>
     <t>15.09.2025 - 19.09.2025</t>
   </si>
   <si>
     <t>Tıp Fakültesi 1. Sınıf Ders Kayıt Tarihleri</t>
   </si>
   <si>
     <t>22.09.2025 - 05.06.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi 1. Sınıf Dersler</t>
   </si>
   <si>
     <t xml:space="preserve"> January 2026</t>
   </si>
   <si>
+    <t>01.01.2026 - 01.01.2026</t>
+  </si>
+  <si>
+    <t>Yılbaşı</t>
+  </si>
+  <si>
+    <t>15.01.2026 - 15.01.2026</t>
+  </si>
+  <si>
+    <t>ATA1200 Atatürk İlkeleri ve İnkılap Tarihi Yarıyıl Ara Sınavı</t>
+  </si>
+  <si>
+    <t>16.01.2026 - 16.01.2026</t>
+  </si>
+  <si>
+    <t>TRD1200 Türk Dili Yarıyıl Ara Sınavı</t>
+  </si>
+  <si>
     <t>26.01.2026 - 06.02.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi Yarıyıl Tatili</t>
   </si>
   <si>
     <t>26.01.2026 - 30.01.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi 1.,2.,3. Sınıflar Güz Bütünleme Sınav Tarihleri</t>
   </si>
   <si>
     <t>Tıp Fakültesi 4.,5. Sınıf Güz Staj Bütünleme Sınav Tarihleri</t>
   </si>
   <si>
     <t xml:space="preserve"> February 2026</t>
   </si>
   <si>
     <t>09.02.2026 - 26.06.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi 2. Yarıyıl Dönemi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> May 2026</t>
+  </si>
+  <si>
+    <t>07.05.2026 - 07.05.2026</t>
+  </si>
+  <si>
+    <t>ATA1200 Atatürk İlkeleri ve İnkılap Tarihi Mazeret Sınavı</t>
+  </si>
+  <si>
+    <t>08.05.2026 - 08.05.2026</t>
+  </si>
+  <si>
+    <t>TRD1200 Türk Dili Mazeret Sınavı</t>
   </si>
   <si>
     <t xml:space="preserve"> June 2026</t>
   </si>
   <si>
     <t>15.06.2026 - 19.06.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi 4.,5. Sınıf Bahar Staj Bütünleme Sınav Tarihleri</t>
   </si>
   <si>
     <t xml:space="preserve"> July 2026</t>
   </si>
   <si>
     <t>09.07.2026 - 09.07.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi ATA1200 Atatürk İlkeleri ve İnkılap Tarihi Yarıyıl Sonu Sınavı</t>
   </si>
   <si>
     <t>10.07.2026 - 10.07.2026</t>
   </si>
   <si>
     <t>Tıp Fakültesi TRD1200 Türk Dili Yarıyıl Sonu Sınavı</t>
   </si>
@@ -642,51 +675,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B43"/>
+  <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="1"/>
       <c r="B1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>2</v>
       </c>
     </row>
@@ -820,219 +853,242 @@
       <c r="A20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="18">
       <c r="A21" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="1" ht="18">
       <c r="A22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="18">
       <c r="A23" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="A24" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-        <v>5</v>
+    </row>
+    <row r="24" spans="1:2" customHeight="1" ht="18">
+      <c r="A24" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" customHeight="1" ht="18">
+      <c r="A25" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="1" ht="18">
       <c r="A26" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="1" ht="25">
       <c r="A27" s="3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B27" s="2"/>
     </row>
     <row r="28" spans="1:2" customHeight="1" ht="20">
       <c r="A28" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="1" ht="18">
       <c r="A29" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="1" ht="25">
       <c r="A30" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B30" s="2"/>
     </row>
     <row r="31" spans="1:2" customHeight="1" ht="20">
       <c r="A31" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="1" ht="18">
       <c r="A32" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="1" ht="18">
       <c r="A33" s="5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>39</v>
-[...15 lines deleted...]
-        <v>41</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" customHeight="1" ht="25">
+      <c r="A34" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B34" s="2"/>
+    </row>
+    <row r="35" spans="1:2" customHeight="1" ht="20">
+      <c r="A35" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="1" ht="18">
       <c r="A36" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>43</v>
-[...15 lines deleted...]
-        <v>45</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" customHeight="1" ht="25">
+      <c r="A37" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B37" s="2"/>
+    </row>
+    <row r="38" spans="1:2" customHeight="1" ht="20">
+      <c r="A38" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="1" ht="18">
       <c r="A39" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="1" ht="18">
       <c r="A40" s="5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>47</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" customHeight="1" ht="18">
+      <c r="A41" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" customHeight="1" ht="18">
+      <c r="A42" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="1" ht="18">
       <c r="A43" s="5" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>50</v>
+        <v>58</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" customHeight="1" ht="25">
+      <c r="A44" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B44" s="2"/>
+    </row>
+    <row r="45" spans="1:2" customHeight="1" ht="20">
+      <c r="A45" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" customHeight="1" ht="18">
+      <c r="A46" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A19:B19"/>
-    <mergeCell ref="A24:B24"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A30:B30"/>
-    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A44:B44"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>