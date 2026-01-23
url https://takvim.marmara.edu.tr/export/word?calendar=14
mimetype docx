--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -349,50 +349,142 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diş Hekimliği Fakültesi 1. Ara Sınav Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18.12.2025 - 18.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ATA1020 Atatürk İlkeleri ve İnkılap Tarihi Yarıyıl Ara Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19.12.2025 - 19.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRD1020 Türk Dili Yarıyıl Ara Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
@@ -473,50 +565,96 @@
         <w:gridCol w:w="7000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">01.01.2026 - 01.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yılbaşı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">16.01.2026 - 26.01.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diş Hekimliği Fakültesi Güz Yarıyılı Yarıyıllık 5.Sınıf Derslerin Yarıyıl Sonu Sınav Tarihleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1037,50 +1175,142 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">04.05.2026 - 08.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diş Hekimliği Fakültesi Mazeret Sınav Tarihleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07.05.2026 - 07.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ATA1020 Atatürk İlkeleri ve İnkılap Tarihi Mazeret Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="1" w:color="#eeeeee"/>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08.05.2026 - 08.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="1" w:color="#eeeeee"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRD1020 Türk Dili Mazeret Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableStyle1"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:shd w:val="clear" w:fill="#0f3d6e"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
@@ -1827,51 +2057,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">İndirilme Tarihi : 09.11.2025 07:11:21</w:t>
+      <w:t xml:space="preserve">İndirilme Tarihi : 24.01.2026 00:52:36</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Sayfa </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>