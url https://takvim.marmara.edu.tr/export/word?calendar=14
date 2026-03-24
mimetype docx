--- v1 (2026-01-23)
+++ v2 (2026-03-24)
@@ -2057,51 +2057,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">İndirilme Tarihi : 24.01.2026 00:52:36</w:t>
+      <w:t xml:space="preserve">İndirilme Tarihi : 24.03.2026 16:35:58</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Sayfa </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>