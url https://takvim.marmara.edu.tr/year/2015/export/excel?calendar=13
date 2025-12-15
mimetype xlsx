--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
   <si>
     <t>2015-2016 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 27.10.2025 20:39:21</t>
+    <t>İndirilme Tarihi : 15.12.2025 08:02:56</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Temmuz 2015</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>01.07.2015 - 30.06.2016</t>
   </si>
   <si>
     <t>Tıp Fakültesi 6. Sınıflar Dersler</t>
   </si>
   <si>
     <t xml:space="preserve"> Ağustos 2015</t>
   </si>
   <si>
     <t>28.08.2015 - 08.01.2016</t>
   </si>