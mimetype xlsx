--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>2015-2016 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 15.12.2025 08:02:56</t>
+    <t>İndirilme Tarihi : 13.02.2026 02:29:12</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Temmuz 2015</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>01.07.2015 - 30.06.2016</t>
   </si>
   <si>
     <t>Tıp Fakültesi 6. Sınıflar Dersler</t>
   </si>
   <si>
     <t xml:space="preserve"> Ağustos 2015</t>
   </si>
   <si>
     <t>28.08.2015 - 08.01.2016</t>
   </si>
@@ -1388,56 +1388,50 @@
     <t>Yaz Okulu Sonrası Tek Ders Sınavı</t>
   </si>
   <si>
     <t>06.09.2016 - 07.09.2016</t>
   </si>
   <si>
     <t>Güz Yarıyılı Önlisans ve Lisans Kurumlararası Yatay Geçiş Yedek Kayıt</t>
   </si>
   <si>
     <t>07.09.2016 - 07.09.2016</t>
   </si>
   <si>
     <t>Diğer Yükseköğretim Kurumları Yaz Okullarından Alınan Ders Notlarının Kabulü için Birim Yönetim Kuruluna Dilekçe Verme Son Günü</t>
   </si>
   <si>
     <t>09.09.2016 - 09.09.2016</t>
   </si>
   <si>
     <t>Yaz Okulu Başarı Notlarının İlanı için Son Gün</t>
   </si>
   <si>
     <t>19.09.2016 - 19.09.2016</t>
   </si>
   <si>
     <t>Diğer Yükseköğretim Kurumları Yaz Okullarından Alınan Ders Notlarının Birim Yönetim Kurulunca Değerlendirilmesi ve İşlenmesi için Son Gün</t>
-  </si>
-[...4 lines deleted...]
-    <t>01.01.2025 - 01.01.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -1869,51 +1863,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B271"/>
+  <dimension ref="A1:B268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="1"/>
       <c r="B1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>2</v>
       </c>
     </row>
@@ -3993,91 +3987,68 @@
         <v>451</v>
       </c>
     </row>
     <row r="266" spans="1:2" customHeight="1" ht="18">
       <c r="A266" s="5" t="s">
         <v>452</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="267" spans="1:2" customHeight="1" ht="18">
       <c r="A267" s="5" t="s">
         <v>454</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="268" spans="1:2" customHeight="1" ht="18">
       <c r="A268" s="5" t="s">
         <v>456</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>457</v>
-      </c>
-[...20 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A67:B67"/>
     <mergeCell ref="A90:B90"/>
     <mergeCell ref="A101:B101"/>
     <mergeCell ref="A109:B109"/>
     <mergeCell ref="A130:B130"/>
     <mergeCell ref="A158:B158"/>
     <mergeCell ref="A198:B198"/>
     <mergeCell ref="A259:B259"/>
-    <mergeCell ref="A269:B269"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>