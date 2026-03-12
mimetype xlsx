--- v0 (2025-10-26)
+++ v1 (2026-03-12)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>2019-2020 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 26.10.2025 12:36:06</t>
+    <t>İndirilme Tarihi : 13.03.2026 01:55:51</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Haziran 2019</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>24.06.2019 - 20.09.2019</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu Başlangıç</t>
   </si>
   <si>
     <t xml:space="preserve"> Temmuz 2019</t>
   </si>
   <si>
     <t>22.07.2019 - 23.07.2019</t>
   </si>