--- v1 (2026-03-12)
+++ v2 (2026-03-13)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>2019-2020 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 13.03.2026 01:55:51</t>
+    <t>İndirilme Tarihi : 13.03.2026 20:00:50</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Haziran 2019</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>24.06.2019 - 20.09.2019</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu Başlangıç</t>
   </si>
   <si>
     <t xml:space="preserve"> Temmuz 2019</t>
   </si>
   <si>
     <t>22.07.2019 - 23.07.2019</t>
   </si>