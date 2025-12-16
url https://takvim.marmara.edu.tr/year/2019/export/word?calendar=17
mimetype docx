--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -3359,51 +3359,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">İndirilme Tarihi : 31.10.2025 16:10:07</w:t>
+      <w:t xml:space="preserve">İndirilme Tarihi : 16.12.2025 07:45:39</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Sayfa </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>