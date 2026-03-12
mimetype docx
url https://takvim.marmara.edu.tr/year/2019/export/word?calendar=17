--- v1 (2025-12-16)
+++ v2 (2026-03-12)
@@ -3359,51 +3359,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">İndirilme Tarihi : 16.12.2025 07:45:39</w:t>
+      <w:t xml:space="preserve">İndirilme Tarihi : 13.03.2026 01:56:44</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Sayfa </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>