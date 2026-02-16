--- v0 (2025-10-29)
+++ v1 (2026-02-16)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
   <si>
     <t>2023-2024 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 29.10.2025 03:51:12</t>
+    <t>İndirilme Tarihi : 16.02.2026 22:20:32</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Temmuz 2023</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>10.07.2023 - 29.09.2023</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t xml:space="preserve"> Eylül 2023</t>
   </si>
   <si>
     <t>11.09.2023 - 11.09.2023</t>
   </si>
@@ -971,59 +971,50 @@
     <t>44.Madde Kapsamında Bahar Dönemi II. Sınav Hakkı</t>
   </si>
   <si>
     <t>23.09.2024 - 25.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Önlisans ve Lisans Kurum İçi ve Kurumlararası Yatay Geçiş Asil Kayıtlar</t>
   </si>
   <si>
     <t>26.09.2024 - 26.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Önlisans ve Lisans Kurum İçi ve Kurumlararası Yatay Geçiş Yedek Kontenjan İlanı</t>
   </si>
   <si>
     <t>27.09.2024 - 27.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Önlisans ve Lisans Kurum İçi ve Kurumlararası Yatay Geçiş Yedek Adaylardan Ön Kayıt Dilekçesi Alınması</t>
   </si>
   <si>
     <t>30.09.2024 - 30.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Önlisans ve Lisans Kurum İçi ve Kurumlararası Yatay Geçiş Yedekten Kesin Kayıt Kazananların Kayıt İşlemlerinin Yapılması</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-2026 Güz Dönemi 44 Madde 1. Sınav Hakkı Sınavları</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -1455,51 +1446,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B200"/>
+  <dimension ref="A1:B197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="1"/>
       <c r="B1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>2</v>
       </c>
     </row>
@@ -3011,91 +3002,68 @@
         <v>312</v>
       </c>
     </row>
     <row r="195" spans="1:2" customHeight="1" ht="18">
       <c r="A195" s="5" t="s">
         <v>313</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="196" spans="1:2" customHeight="1" ht="18">
       <c r="A196" s="5" t="s">
         <v>315</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="197" spans="1:2" customHeight="1" ht="18">
       <c r="A197" s="5" t="s">
         <v>317</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>318</v>
-      </c>
-[...20 lines deleted...]
-        <v>321</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="A74:B74"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="A92:B92"/>
     <mergeCell ref="A99:B99"/>
     <mergeCell ref="A112:B112"/>
     <mergeCell ref="A132:B132"/>
     <mergeCell ref="A180:B180"/>
-    <mergeCell ref="A198:B198"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>