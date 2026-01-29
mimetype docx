--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -2851,51 +2851,51 @@
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">İndirilme Tarihi : 30.11.2025 20:58:23</w:t>
+      <w:t xml:space="preserve">İndirilme Tarihi : 29.01.2026 23:54:39</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Sayfa </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>