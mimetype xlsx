--- v0 (2025-10-29)
+++ v1 (2025-12-20)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
   <si>
     <t>2024-2025 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 29.10.2025 09:14:36</t>
+    <t>İndirilme Tarihi : 20.12.2025 19:39:56</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Ağustos 2024</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>05.08.2024 - 06.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t>12.08.2024 - 16.08.2024</t>
   </si>
   <si>
     <t>Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</t>
   </si>