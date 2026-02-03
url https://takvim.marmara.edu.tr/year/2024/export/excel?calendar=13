--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
   <si>
     <t>2024-2025 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 20.12.2025 19:39:56</t>
+    <t>İndirilme Tarihi : 04.02.2026 02:39:55</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Ağustos 2024</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>05.08.2024 - 06.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t>12.08.2024 - 16.08.2024</t>
   </si>
   <si>
     <t>Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</t>
   </si>