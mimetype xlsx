--- v2 (2026-02-03)
+++ v3 (2026-03-28)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
   <si>
     <t>2024-2025 AKADEMİK TAKVİM</t>
   </si>
   <si>
-    <t>İndirilme Tarihi : 04.02.2026 02:39:55</t>
+    <t>İndirilme Tarihi : 28.03.2026 05:54:03</t>
   </si>
   <si>
     <t>Bu belgenin hukuki geçerliliği yoktur. Marmara Üniversitesi, Akademik Takvim üzerinde değişiklik yapma hakkını saklı tutar. Akademik Takvim'in güncel halini takvim.marmara.edu.tr adresinden takip edebilirsiniz.</t>
   </si>
   <si>
     <t xml:space="preserve"> Ağustos 2024</t>
   </si>
   <si>
     <t>Başlangıç - Bitiş Tarihi</t>
   </si>
   <si>
     <t>Etkinlik Adı</t>
   </si>
   <si>
     <t>05.08.2024 - 06.09.2024</t>
   </si>
   <si>
     <t>Güz Yarıyılı Özel Öğrenci Başvurusu</t>
   </si>
   <si>
     <t>12.08.2024 - 16.08.2024</t>
   </si>
   <si>
     <t>Tezli-Tezsiz Yüksek Lisans Programları Arası Geçiş Başvuruları</t>
   </si>